--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="MySheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <si>
     <t>Search parameters</t>
   </si>
   <si>
     <t>Evaluation</t>
   </si>
   <si>
     <t>Beef</t>
   </si>
   <si>
     <t>Breed</t>
   </si>
   <si>
     <t>All breeds</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>All</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
@@ -78,231 +78,228 @@
   <si>
     <t>Milk</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>BBLDNKF000010076750</t>
   </si>
   <si>
     <t>Cow</t>
   </si>
   <si>
     <t>BBLDNKF002682300487</t>
   </si>
   <si>
     <t>BBLDNKM000000078001</t>
   </si>
   <si>
     <t>ROMEO</t>
   </si>
   <si>
     <t>Bull</t>
   </si>
   <si>
+    <t>BBLDNKM000000078022</t>
+  </si>
+  <si>
+    <t>LYON</t>
+  </si>
+  <si>
     <t>BBLDNKF000010157070</t>
   </si>
   <si>
-    <t>BBLDNKM000000078022</t>
-[...2 lines deleted...]
-    <t>LYON</t>
+    <t>BBLDNKF000000018221</t>
+  </si>
+  <si>
+    <t>NR.82</t>
   </si>
   <si>
     <t>BBLDNKF000010004850</t>
   </si>
   <si>
     <t>BBLDNKF000010086560</t>
   </si>
   <si>
-    <t>BBLDNKF000000018221</t>
-[...4 lines deleted...]
-  <si>
     <t>BBLDNKM000000781420</t>
   </si>
   <si>
     <t>Kara</t>
   </si>
   <si>
     <t>BBLDNKF003665800085</t>
   </si>
   <si>
     <t>BBLDNKF000010086570</t>
   </si>
   <si>
     <t>BBLDNKF000010004920</t>
   </si>
   <si>
     <t>104 IDOLE</t>
   </si>
   <si>
     <t>BBLDNKF002682300572</t>
   </si>
   <si>
+    <t>BBLDNKF005454100071</t>
+  </si>
+  <si>
+    <t>BBLDNKF005454100078</t>
+  </si>
+  <si>
+    <t>BBLDNKF005454100019</t>
+  </si>
+  <si>
     <t>BBLDNKF002682300584</t>
   </si>
   <si>
-    <t>BBLDNKF005454100078</t>
-[...2 lines deleted...]
-    <t>BBLDNKF005454100071</t>
+    <t>BBLDNKM005454100001</t>
+  </si>
+  <si>
+    <t>BULLER</t>
   </si>
   <si>
     <t>BBLDNKF007153800022</t>
   </si>
   <si>
     <t>NR 7</t>
   </si>
   <si>
+    <t>BBLDNKF006824000034</t>
+  </si>
+  <si>
+    <t>BBLDNKM006824000078</t>
+  </si>
+  <si>
+    <t>339 VALSEUR</t>
+  </si>
+  <si>
+    <t>BBLDNKF002682300706</t>
+  </si>
+  <si>
+    <t>BBLDNKF006824000207</t>
+  </si>
+  <si>
     <t>BBLDNKF000010050800</t>
   </si>
   <si>
-    <t>BBLDNKF005454100019</t>
-[...10 lines deleted...]
-  <si>
     <t>BBLDNKF000010004790</t>
   </si>
   <si>
-    <t>BBLDNKM006824000078</t>
-[...4 lines deleted...]
-  <si>
     <t>BBLDNKF006824000047</t>
   </si>
   <si>
+    <t>BBLDNKF009134600026</t>
+  </si>
+  <si>
+    <t>BBLDNKF006824000001</t>
+  </si>
+  <si>
     <t>BBLDNKF000010058870</t>
   </si>
   <si>
-    <t>BBLDNKF009134600026</t>
-[...8 lines deleted...]
-    <t>BBLDNKF006824000207</t>
+    <t>BBLDNKF006824000061</t>
+  </si>
+  <si>
+    <t>BBLDNKM000110278610</t>
+  </si>
+  <si>
+    <t>BBLDNKM000000078051</t>
+  </si>
+  <si>
+    <t>PAX</t>
   </si>
   <si>
     <t>BBLDNKF006164401307</t>
   </si>
   <si>
     <t>ROSY</t>
   </si>
   <si>
-    <t>BBLDNKM000110278610</t>
+    <t>BBLDNKF002682300787</t>
+  </si>
+  <si>
+    <t>Stenager Naomi</t>
+  </si>
+  <si>
+    <t>BBLDNKF006368500013</t>
+  </si>
+  <si>
+    <t>BBLDNKF000010004860</t>
   </si>
   <si>
     <t>BBLDNKF000010050220</t>
   </si>
   <si>
+    <t>BBLDNKF009134600025</t>
+  </si>
+  <si>
     <t>BBLDNKF000010050530</t>
   </si>
   <si>
-    <t>BBLDNKF006824000061</t>
-[...16 lines deleted...]
-  <si>
     <t>BBLDNKF006679800131</t>
   </si>
   <si>
-    <t>BBLDNKF000001734054</t>
-[...8 lines deleted...]
-    <t>ISAK</t>
+    <t>BBLDNKF005454100014</t>
+  </si>
+  <si>
+    <t>BBLDNKF005454100062</t>
   </si>
   <si>
     <t>BBLDNKM002682300770</t>
   </si>
   <si>
     <t>Stenager Lauge</t>
   </si>
   <si>
-    <t>BBLDNKF002682300787</t>
-[...2 lines deleted...]
-    <t>Stenager Naomi</t>
+    <t>BBLDNKM005874400180</t>
+  </si>
+  <si>
+    <t>TOFTEGAARD ILLER</t>
   </si>
   <si>
     <t>BBLDNKM002682300592</t>
   </si>
   <si>
-    <t>BBLDNKF005454100062</t>
-[...14 lines deleted...]
-    <t>BBLDNKF000110099430</t>
+    <t>BBLDNKF006824000068</t>
+  </si>
+  <si>
+    <t>BBLDNKF005454100086</t>
+  </si>
+  <si>
+    <t>BBLDNKF000110162770</t>
   </si>
   <si>
     <t>BBLDNKF006791000059</t>
+  </si>
+  <si>
+    <t>BBLDNKF006824000208</t>
+  </si>
+  <si>
+    <t>FRIJSENBORG 65539</t>
   </si>
   <si>
     <t>Total count : 50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFFFFFF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -337,51 +334,51 @@
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="1" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="1" applyNumberFormat="1" fontId="0" applyFont="1" fillId="3" applyFill="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="3" applyFill="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L57"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.6264247894287" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
-    <col min="3" max="3" width="18.4211597442627" customWidth="1"/>
+    <col min="3" max="3" width="19.3378257751465" customWidth="1"/>
     <col min="4" max="4" width="5.24407720565796" customWidth="1"/>
     <col min="5" max="5" width="10.0146312713623" customWidth="1"/>
     <col min="6" max="6" width="11.0868043899536" customWidth="1"/>
     <col min="7" max="7" width="8.063645362854" customWidth="1"/>
     <col min="8" max="8" width="16.2440757751465" customWidth="1"/>
     <col min="9" max="9" width="5.49779796600342" customWidth="1"/>
     <col min="10" max="10" width="7.71171140670776" customWidth="1"/>
     <col min="11" max="11" width="5.22975492477417" customWidth="1"/>
     <col min="12" max="12" width="5.69013357162476" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3">
@@ -433,1926 +430,1926 @@
       </c>
       <c r="K6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="L6" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>1</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E7" s="3">
         <v>1980</v>
       </c>
       <c r="F7" s="3">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="G7" s="3">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H7" s="3">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J7" s="3">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="K7" s="3">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="L7" s="3">
-        <v>135</v>
+        <v>123</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>2</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="2">
         <v>347</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="2">
         <v>1978</v>
       </c>
       <c r="F8" s="2">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="G8" s="2">
         <v>91</v>
       </c>
       <c r="H8" s="2">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J8" s="2">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="K8" s="2">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="L8" s="2">
-        <v>133</v>
+        <v>121</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>3</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>23</v>
       </c>
       <c r="E9" s="3">
         <v>1960</v>
       </c>
       <c r="F9" s="3">
+        <v>60</v>
+      </c>
+      <c r="G9" s="3">
+        <v>79</v>
+      </c>
+      <c r="H9" s="3">
+        <v>48</v>
+      </c>
+      <c r="I9" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="J9" s="3">
+        <v>105</v>
+      </c>
+      <c r="K9" s="3">
         <v>67</v>
       </c>
-      <c r="G9" s="3">
-[...13 lines deleted...]
-      </c>
       <c r="L9" s="3">
-        <v>135</v>
+        <v>123</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>4</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E10" s="2">
         <v>1975</v>
       </c>
       <c r="F10" s="2">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="G10" s="2">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H10" s="2">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="I10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J10" s="2">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="K10" s="2">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L10" s="2">
-        <v>135</v>
+        <v>123</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E11" s="3">
         <v>1975</v>
       </c>
       <c r="F11" s="3">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="G11" s="3">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="H11" s="3">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J11" s="3">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="K11" s="3">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="L11" s="3">
-        <v>135</v>
+        <v>123</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>6</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="2">
-        <v>1975</v>
+        <v>1982</v>
       </c>
       <c r="F12" s="2">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G12" s="2">
+        <v>96</v>
+      </c>
+      <c r="H12" s="2">
+        <v>67</v>
+      </c>
+      <c r="I12" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="J12" s="2">
+        <v>98</v>
+      </c>
+      <c r="K12" s="2">
         <v>85</v>
       </c>
-      <c r="H12" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="L12" s="2">
-        <v>136</v>
+        <v>114</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>7</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="3">
         <v>1975</v>
       </c>
       <c r="F13" s="3">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G13" s="3">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="H13" s="3">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J13" s="3">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="K13" s="3">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="L13" s="3">
-        <v>135</v>
+        <v>124</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>8</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="2">
-        <v>1982</v>
+        <v>1975</v>
       </c>
       <c r="F14" s="2">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="G14" s="2">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="H14" s="2">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="I14" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J14" s="2">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="K14" s="2">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="L14" s="2">
         <v>123</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>9</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>23</v>
       </c>
       <c r="E15" s="3">
         <v>1988</v>
       </c>
       <c r="F15" s="3">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="G15" s="3">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H15" s="3">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J15" s="3">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="K15" s="3">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L15" s="3">
-        <v>138</v>
+        <v>126</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>10</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="2">
         <v>79</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E16" s="2">
         <v>1982</v>
       </c>
       <c r="F16" s="2">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="G16" s="2">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H16" s="2">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J16" s="2">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="K16" s="2">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L16" s="2">
-        <v>124</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>11</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E17" s="3">
         <v>1975</v>
       </c>
       <c r="F17" s="3">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="G17" s="3">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H17" s="3">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J17" s="3">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="K17" s="3">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L17" s="3">
-        <v>137</v>
+        <v>125</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>12</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E18" s="2">
         <v>1973</v>
       </c>
       <c r="F18" s="2">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="G18" s="2">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="H18" s="2">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="I18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J18" s="2">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="K18" s="2">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="L18" s="2">
-        <v>135</v>
+        <v>123</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>13</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="3">
         <v>1989</v>
       </c>
       <c r="F19" s="3">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="G19" s="3">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H19" s="3">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J19" s="3">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="K19" s="3">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="L19" s="3">
-        <v>122</v>
+        <v>113</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>14</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E20" s="2">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="F20" s="2">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="G20" s="2">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="H20" s="2">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>83</v>
+      </c>
+      <c r="I20" s="2">
+        <v>87</v>
       </c>
       <c r="J20" s="2">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="K20" s="2">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="L20" s="2">
-        <v>134</v>
+        <v>102</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
         <v>15</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E21" s="3">
         <v>1995</v>
       </c>
       <c r="F21" s="3">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="G21" s="3">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H21" s="3">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="I21" s="3">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J21" s="3">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K21" s="3">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="L21" s="3">
-        <v>104</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>16</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E22" s="2">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="F22" s="2">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G22" s="2">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H22" s="2">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="I22" s="2">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J22" s="2">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K22" s="2">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="L22" s="2">
-        <v>106</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="3">
         <v>17</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>42</v>
+        <v>7</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E23" s="3">
-        <v>1980</v>
+        <v>1990</v>
       </c>
       <c r="F23" s="3">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="G23" s="3">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="H23" s="3">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="I23" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J23" s="3">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="K23" s="3">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L23" s="3">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>18</v>
       </c>
       <c r="B24" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="C24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E24" s="2">
-        <v>1975</v>
+        <v>1986</v>
       </c>
       <c r="F24" s="2">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="G24" s="2">
-        <v>77</v>
+        <v>103</v>
       </c>
       <c r="H24" s="2">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>88</v>
+      </c>
+      <c r="I24" s="2">
+        <v>86</v>
       </c>
       <c r="J24" s="2">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="K24" s="2">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="L24" s="2">
-        <v>135</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="3">
         <v>19</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>7</v>
+        <v>45</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E25" s="3">
-        <v>1992</v>
+        <v>1980</v>
       </c>
       <c r="F25" s="3">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="G25" s="3">
-        <v>109</v>
+        <v>92</v>
       </c>
       <c r="H25" s="3">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>63</v>
+      </c>
+      <c r="I25" s="4" t="s">
+        <v>7</v>
       </c>
       <c r="J25" s="3">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="K25" s="3">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="L25" s="3">
-        <v>102</v>
+        <v>115</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>20</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E26" s="2">
         <v>1982</v>
       </c>
       <c r="F26" s="2">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="G26" s="2">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H26" s="2">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="I26" s="2">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J26" s="2">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="K26" s="2">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="L26" s="2">
-        <v>120</v>
+        <v>114</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="3">
         <v>21</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>23</v>
       </c>
       <c r="E27" s="3">
-        <v>1986</v>
+        <v>1984</v>
       </c>
       <c r="F27" s="3">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="G27" s="3">
-        <v>105</v>
+        <v>91</v>
       </c>
       <c r="H27" s="3">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="I27" s="3">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="J27" s="3">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="K27" s="3">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="L27" s="3">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>22</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E28" s="2">
-        <v>1975</v>
+        <v>1992</v>
       </c>
       <c r="F28" s="2">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="G28" s="2">
-        <v>74</v>
+        <v>101</v>
       </c>
       <c r="H28" s="2">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>84</v>
+      </c>
+      <c r="I28" s="2">
+        <v>94</v>
       </c>
       <c r="J28" s="2">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="K28" s="2">
-        <v>74</v>
+        <v>94</v>
       </c>
       <c r="L28" s="2">
-        <v>135</v>
+        <v>113</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="3">
         <v>23</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E29" s="3">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="F29" s="3">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G29" s="3">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="H29" s="3">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="I29" s="3">
+        <v>81</v>
+      </c>
+      <c r="I29" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="J29" s="3">
+        <v>95</v>
+      </c>
+      <c r="K29" s="3">
         <v>89</v>
       </c>
-      <c r="J29" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="L29" s="3">
-        <v>111</v>
+        <v>108</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>24</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E30" s="2">
-        <v>1982</v>
+        <v>1975</v>
       </c>
       <c r="F30" s="2">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="G30" s="2">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="H30" s="2">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="I30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J30" s="2">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="K30" s="2">
-        <v>95</v>
+        <v>71</v>
       </c>
       <c r="L30" s="2">
-        <v>125</v>
+        <v>122</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="3">
         <v>25</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E31" s="3">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="F31" s="3">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="G31" s="3">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H31" s="3">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J31" s="3">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K31" s="3">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="L31" s="3">
-        <v>137</v>
+        <v>123</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>26</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E32" s="2">
-        <v>2003</v>
+        <v>1982</v>
       </c>
       <c r="F32" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G32" s="2">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="H32" s="2">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="I32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J32" s="2">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="K32" s="2">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="L32" s="2">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="3">
         <v>27</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E33" s="3">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="F33" s="3">
-        <v>94</v>
+        <v>73</v>
       </c>
       <c r="G33" s="3">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="H33" s="3">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>62</v>
+      </c>
+      <c r="I33" s="4" t="s">
+        <v>7</v>
       </c>
       <c r="J33" s="3">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="K33" s="3">
-        <v>94</v>
+        <v>80</v>
       </c>
       <c r="L33" s="3">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>28</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E34" s="2">
         <v>1979</v>
       </c>
       <c r="F34" s="2">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="G34" s="2">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H34" s="2">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="I34" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J34" s="2">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="K34" s="2">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L34" s="2">
-        <v>126</v>
+        <v>117</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="3">
         <v>29</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E35" s="3">
-        <v>1988</v>
+        <v>1969</v>
       </c>
       <c r="F35" s="3">
-        <v>94</v>
+        <v>56</v>
       </c>
       <c r="G35" s="3">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="H35" s="3">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J35" s="3">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="K35" s="3">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="L35" s="3">
-        <v>112</v>
+        <v>124</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>30</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>58</v>
+        <v>7</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E36" s="2">
-        <v>1980</v>
+        <v>1983</v>
       </c>
       <c r="F36" s="2">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G36" s="2">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="H36" s="2">
         <v>74</v>
       </c>
       <c r="I36" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J36" s="2">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K36" s="2">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="L36" s="2">
-        <v>124</v>
+        <v>112</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="3">
         <v>31</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>23</v>
       </c>
       <c r="E37" s="3">
         <v>1983</v>
       </c>
       <c r="F37" s="3">
+        <v>81</v>
+      </c>
+      <c r="G37" s="3">
+        <v>93</v>
+      </c>
+      <c r="H37" s="3">
+        <v>73</v>
+      </c>
+      <c r="I37" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="J37" s="3">
+        <v>98</v>
+      </c>
+      <c r="K37" s="3">
         <v>85</v>
       </c>
-      <c r="G37" s="3">
-[...13 lines deleted...]
-      </c>
       <c r="L37" s="3">
-        <v>119</v>
+        <v>113</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>32</v>
       </c>
       <c r="B38" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E38" s="2">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="F38" s="2">
-        <v>64</v>
+        <v>92</v>
       </c>
       <c r="G38" s="2">
-        <v>75</v>
+        <v>102</v>
       </c>
       <c r="H38" s="2">
-        <v>58</v>
+        <v>84</v>
       </c>
       <c r="I38" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J38" s="2">
+        <v>93</v>
+      </c>
+      <c r="K38" s="2">
         <v>96</v>
       </c>
-      <c r="K38" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="L38" s="2">
-        <v>135</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="3">
         <v>33</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>7</v>
+        <v>62</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E39" s="3">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="F39" s="3">
+        <v>77</v>
+      </c>
+      <c r="G39" s="3">
+        <v>91</v>
+      </c>
+      <c r="H39" s="3">
         <v>66</v>
       </c>
-      <c r="G39" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I39" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J39" s="3">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="K39" s="3">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="L39" s="3">
-        <v>133</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>34</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E40" s="2">
-        <v>1983</v>
+        <v>1997</v>
       </c>
       <c r="F40" s="2">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="G40" s="2">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H40" s="2">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>95</v>
+      </c>
+      <c r="I40" s="2">
+        <v>93</v>
       </c>
       <c r="J40" s="2">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K40" s="2">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="L40" s="2">
-        <v>119</v>
+        <v>101</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="3">
         <v>35</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E41" s="3">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="F41" s="3">
+        <v>73</v>
+      </c>
+      <c r="G41" s="3">
+        <v>89</v>
+      </c>
+      <c r="H41" s="3">
         <v>62</v>
       </c>
-      <c r="G41" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I41" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J41" s="3">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="K41" s="3">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="L41" s="3">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>36</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E42" s="2">
-        <v>1980</v>
+        <v>1975</v>
       </c>
       <c r="F42" s="2">
-        <v>78</v>
+        <v>55</v>
       </c>
       <c r="G42" s="2">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="H42" s="2">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="I42" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J42" s="2">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="K42" s="2">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="L42" s="2">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="3">
         <v>37</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E43" s="3">
-        <v>1979</v>
+        <v>1975</v>
       </c>
       <c r="F43" s="3">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="G43" s="3">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="H43" s="3">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="I43" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J43" s="3">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K43" s="3">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="L43" s="3">
-        <v>113</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>38</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E44" s="2">
-        <v>1975</v>
+        <v>2001</v>
       </c>
       <c r="F44" s="2">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="G44" s="2">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="H44" s="2">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>76</v>
+      </c>
+      <c r="I44" s="2">
+        <v>75</v>
       </c>
       <c r="J44" s="2">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="K44" s="2">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="L44" s="2">
-        <v>135</v>
+        <v>102</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="3">
         <v>39</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E45" s="3">
-        <v>1983</v>
+        <v>1975</v>
       </c>
       <c r="F45" s="3">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="G45" s="3">
-        <v>95</v>
+        <v>78</v>
       </c>
       <c r="H45" s="3">
-        <v>80</v>
+        <v>47</v>
       </c>
       <c r="I45" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J45" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="K45" s="3">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="L45" s="3">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>40</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>70</v>
+        <v>7</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E46" s="2">
-        <v>1973</v>
+        <v>1983</v>
       </c>
       <c r="F46" s="2">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="G46" s="2">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="H46" s="2">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="I46" s="0" t="s">
         <v>7</v>
       </c>
       <c r="J46" s="2">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="K46" s="2">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="L46" s="2">
-        <v>136</v>
+        <v>112</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="3">
         <v>41</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>72</v>
+        <v>7</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E47" s="3">
-        <v>1973</v>
+        <v>1992</v>
       </c>
       <c r="F47" s="3">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="G47" s="3">
-        <v>74</v>
+        <v>109</v>
       </c>
       <c r="H47" s="3">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>98</v>
+      </c>
+      <c r="I47" s="3">
+        <v>83</v>
       </c>
       <c r="J47" s="3">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="K47" s="3">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="L47" s="3">
-        <v>135</v>
+        <v>98</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>42</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>74</v>
+        <v>7</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E48" s="2">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="F48" s="2">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="G48" s="2">
+        <v>82</v>
+      </c>
+      <c r="H48" s="2">
+        <v>77</v>
+      </c>
+      <c r="I48" s="2">
+        <v>91</v>
+      </c>
+      <c r="J48" s="2">
+        <v>91</v>
+      </c>
+      <c r="K48" s="2">
         <v>97</v>
       </c>
-      <c r="H48" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="L48" s="2">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="3">
         <v>43</v>
       </c>
       <c r="B49" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E49" s="3">
+        <v>1995</v>
+      </c>
+      <c r="F49" s="3">
+        <v>84</v>
+      </c>
+      <c r="G49" s="3">
+        <v>96</v>
+      </c>
+      <c r="H49" s="3">
         <v>75</v>
       </c>
-      <c r="C49" s="4" t="s">
-[...18 lines deleted...]
-        <v>93</v>
+      <c r="I49" s="4" t="s">
+        <v>7</v>
       </c>
       <c r="J49" s="3">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="K49" s="3">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="L49" s="3">
-        <v>102</v>
+        <v>112</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>44</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E50" s="2">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="F50" s="2">
+        <v>76</v>
+      </c>
+      <c r="G50" s="2">
+        <v>87</v>
+      </c>
+      <c r="H50" s="2">
+        <v>70</v>
+      </c>
+      <c r="I50" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="J50" s="2">
+        <v>98</v>
+      </c>
+      <c r="K50" s="2">
         <v>83</v>
       </c>
-      <c r="G50" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="L50" s="2">
-        <v>117</v>
+        <v>113</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="3">
         <v>45</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E51" s="3">
-        <v>1994</v>
+        <v>1991</v>
       </c>
       <c r="F51" s="3">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G51" s="3">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="H51" s="3">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="I51" s="3">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J51" s="3">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="K51" s="3">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="L51" s="3">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>46</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E52" s="2">
-        <v>2001</v>
+        <v>1983</v>
       </c>
       <c r="F52" s="2">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="G52" s="2">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="H52" s="2">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>85</v>
+      </c>
+      <c r="I52" s="0" t="s">
+        <v>7</v>
       </c>
       <c r="J52" s="2">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="K52" s="2">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="L52" s="2">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="3">
         <v>47</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>81</v>
+        <v>7</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E53" s="3">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="F53" s="3">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G53" s="3">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="H53" s="3">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>79</v>
+      </c>
+      <c r="I53" s="3">
+        <v>92</v>
       </c>
       <c r="J53" s="3">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="K53" s="3">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="L53" s="3">
-        <v>119</v>
+        <v>105</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>48</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E54" s="2">
-        <v>1983</v>
+        <v>1994</v>
       </c>
       <c r="F54" s="2">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G54" s="2">
         <v>94</v>
       </c>
       <c r="H54" s="2">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>80</v>
+      </c>
+      <c r="I54" s="2">
+        <v>89</v>
       </c>
       <c r="J54" s="2">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="K54" s="2">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="L54" s="2">
-        <v>119</v>
+        <v>104</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="3">
         <v>49</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E55" s="3">
-        <v>1982</v>
+        <v>1999</v>
       </c>
       <c r="F55" s="3">
         <v>85</v>
       </c>
       <c r="G55" s="3">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H55" s="3">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>80</v>
+      </c>
+      <c r="I55" s="3">
+        <v>72</v>
       </c>
       <c r="J55" s="3">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="K55" s="3">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="L55" s="3">
-        <v>119</v>
+        <v>101</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>50</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>7</v>
+        <v>83</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E56" s="2">
-        <v>1999</v>
+        <v>1988</v>
       </c>
       <c r="F56" s="2">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="G56" s="2">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="H56" s="2">
+        <v>78</v>
+      </c>
+      <c r="I56" s="2">
         <v>86</v>
       </c>
-      <c r="I56" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="J56" s="2">
+        <v>92</v>
+      </c>
+      <c r="K56" s="2">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="L56" s="2">
         <v>107</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>